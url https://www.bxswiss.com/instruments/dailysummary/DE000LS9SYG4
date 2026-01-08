--- v0 (2025-10-31)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeb1f9ccbea24450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d73a875011c4694" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e6f69b3509e407a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41c7ad80a92c4027"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f2d95b539b4a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e6f69b3509e407a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06cd047c7e46486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41c7ad80a92c4027" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young People Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,036</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>