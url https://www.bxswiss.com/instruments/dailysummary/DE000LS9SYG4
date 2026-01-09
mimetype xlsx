--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d73a875011c4694" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R601d878b1b7848d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41c7ad80a92c4027"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5ba81051001461e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06cd047c7e46486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41c7ad80a92c4027" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37da5450560f4104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5ba81051001461e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young People Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,355</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>