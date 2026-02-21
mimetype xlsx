--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R601d878b1b7848d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0349da52e694e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5ba81051001461e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2386cb75e204b8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37da5450560f4104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5ba81051001461e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d075ea2d29a4c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2386cb75e204b8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young People Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>99,644</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>