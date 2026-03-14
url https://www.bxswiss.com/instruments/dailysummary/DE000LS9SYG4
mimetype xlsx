--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0349da52e694e4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cf89149083a4652" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2386cb75e204b8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cb9128a9ac74064"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d075ea2d29a4c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2386cb75e204b8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07daae04551f4fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cb9128a9ac74064" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Young People Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SYG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>