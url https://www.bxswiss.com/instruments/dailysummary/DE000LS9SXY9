--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a900983ae144cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7210cebc4c294d55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc71dbdd887514c3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf29d02b1c8b24d87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23e2eff0aa9d41e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc71dbdd887514c3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a6589b1d2d4656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf29d02b1c8b24d87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>