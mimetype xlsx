--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7210cebc4c294d55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda121437b0e492a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf29d02b1c8b24d87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra29afad048544867"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a6589b1d2d4656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf29d02b1c8b24d87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d8100a1923240f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra29afad048544867" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>79,980</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>