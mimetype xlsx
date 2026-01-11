--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda121437b0e492a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0096eaf53b0848db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra29afad048544867"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20bb05105a8749a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d8100a1923240f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra29afad048544867" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R280f1b0c3950460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20bb05105a8749a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>