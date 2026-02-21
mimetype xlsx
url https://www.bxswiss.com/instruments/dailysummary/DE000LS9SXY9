--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0096eaf53b0848db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c533ec0c24483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20bb05105a8749a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c6f2ba742a5489f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R280f1b0c3950460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20bb05105a8749a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe0b16baf0cd4d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c6f2ba742a5489f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>78,642</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>80,602</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>