--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c533ec0c24483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7388551be6c943f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c6f2ba742a5489f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a9813f73e81493a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe0b16baf0cd4d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c6f2ba742a5489f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f80d46625b74be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a9813f73e81493a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>