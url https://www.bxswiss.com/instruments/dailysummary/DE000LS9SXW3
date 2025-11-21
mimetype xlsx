--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12d305304274364" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb712c4226f2444d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3409d34c6ff74553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R685245e671d24e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18525e94f1134be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3409d34c6ff74553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa482b4063f4155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R685245e671d24e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Dividende Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>127,541</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,264</x:t>
-[...193 lines deleted...]
-          <x:t>128,206</x:t>
+          <x:t>127,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>