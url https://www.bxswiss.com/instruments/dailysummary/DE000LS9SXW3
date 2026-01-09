--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb712c4226f2444d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c170718503e4573" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R685245e671d24e56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e008f2186e24b7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa482b4063f4155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R685245e671d24e56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92cb5a0191cc4af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e008f2186e24b7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Dividende Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>131,026</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>