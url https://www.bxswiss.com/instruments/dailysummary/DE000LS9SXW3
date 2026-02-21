--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c170718503e4573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296569eec4c54f9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e008f2186e24b7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0f0883b68af473c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92cb5a0191cc4af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e008f2186e24b7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcb1ac17e0b148d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0f0883b68af473c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Dividende Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>136,859</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>