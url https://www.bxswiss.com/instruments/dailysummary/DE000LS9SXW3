--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296569eec4c54f9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R789b4bb86fae4044" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0f0883b68af473c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R390b1505a5b64bb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcb1ac17e0b148d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0f0883b68af473c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1617e9d43b44c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R390b1505a5b64bb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Dividende Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...141 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,326</x:t>
-[...441 lines deleted...]
-          <x:t>144,278</x:t>
+          <x:t>141,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>