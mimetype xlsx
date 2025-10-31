--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe32c4220d314ab8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb730431a1f6648b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaf2d58c6f44488f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2042882ca38a48f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1383c7126cc546f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaf2d58c6f44488f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R582a1882ca574884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2042882ca38a48f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GR Home Bias</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>