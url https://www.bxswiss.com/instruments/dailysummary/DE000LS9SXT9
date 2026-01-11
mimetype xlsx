--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb730431a1f6648b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11f7b9be096f4dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2042882ca38a48f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17dd2b8c53924719"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R582a1882ca574884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2042882ca38a48f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re189ff414da94493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17dd2b8c53924719" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GR Home Bias</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>93,430</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>