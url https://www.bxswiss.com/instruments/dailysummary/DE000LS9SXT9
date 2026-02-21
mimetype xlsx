--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11f7b9be096f4dfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re04cf83cb6624405" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17dd2b8c53924719"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27712f16df2f4816"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re189ff414da94493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17dd2b8c53924719" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc25dba9d9ef644e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27712f16df2f4816" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GR Home Bias</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,865</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>