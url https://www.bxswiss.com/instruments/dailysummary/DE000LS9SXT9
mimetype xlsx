--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re04cf83cb6624405" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12785b42dc44ddc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27712f16df2f4816"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R866ca7cda4104b30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc25dba9d9ef644e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27712f16df2f4816" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244b9ce42e3f479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R866ca7cda4104b30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GR Home Bias</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>103,649</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...424 lines deleted...]
-          <x:t>110,181</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>