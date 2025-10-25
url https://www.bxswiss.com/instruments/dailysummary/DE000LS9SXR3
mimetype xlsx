--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b092cf8af8482a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe868f9fe1414d1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4aac7a0bd184c5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1856c15911a4a62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a587ea0306415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4aac7a0bd184c5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R444470c5bfd24a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1856c15911a4a62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued and Predictable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>105,060</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,111</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>105,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,020</x:t>
-[...107 lines deleted...]
-          <x:t>104,842</x:t>
+          <x:t>104,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>104,961</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>