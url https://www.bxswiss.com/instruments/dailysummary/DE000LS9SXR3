--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe868f9fe1414d1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9119a17e72d43e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1856c15911a4a62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9481074a7aaf49cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R444470c5bfd24a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1856c15911a4a62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5fa657023a34e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9481074a7aaf49cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued and Predictable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,017</x:t>
-[...16 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>104,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,285</x:t>
-[...274 lines deleted...]
-          <x:t>104,537</x:t>
+          <x:t>104,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,649</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>103,932</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>