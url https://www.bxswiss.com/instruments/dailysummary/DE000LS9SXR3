--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9119a17e72d43e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb66d1b89b9ed4c76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9481074a7aaf49cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1e7a541a714954"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5fa657023a34e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9481074a7aaf49cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra33b1ee8f72049d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1e7a541a714954" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued and Predictable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>104,473</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,303</x:t>
-[...566 lines deleted...]
-          <x:t>104,558</x:t>
+          <x:t>104,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>