--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb66d1b89b9ed4c76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf032a866d247ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1e7a541a714954"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76d54306b3884228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra33b1ee8f72049d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1e7a541a714954" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60e1c28c1f74384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76d54306b3884228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued and Predictable</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>104,528</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>