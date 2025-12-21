--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a07138d12194197" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c61398055f24f22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1b5afb1ee454e71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d991b6fb88848e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbc75a8d0c9a4880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1b5afb1ee454e71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb43678b0a48449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d991b6fb88848e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Momentum Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>133,894</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>