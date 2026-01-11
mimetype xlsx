--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c61398055f24f22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re363254fe67745fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d991b6fb88848e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17661fd9837e4198"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb43678b0a48449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d991b6fb88848e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e412f43a37a42b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17661fd9837e4198" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Momentum Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>