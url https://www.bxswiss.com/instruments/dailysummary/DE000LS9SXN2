--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re363254fe67745fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e1bd6efc57465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17661fd9837e4198"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1bc98327d57459f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e412f43a37a42b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17661fd9837e4198" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ce3168172b4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1bc98327d57459f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Momentum Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>139,950</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,862</x:t>
-[...377 lines deleted...]
-          <x:t>142,998</x:t>
+          <x:t>139,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>