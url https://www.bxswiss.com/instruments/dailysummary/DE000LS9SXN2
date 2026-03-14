--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e1bd6efc57465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4220481d7dd4468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1bc98327d57459f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bb79db22bea442e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ce3168172b4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1bc98327d57459f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5565134bfb81441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bb79db22bea442e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Momentum Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>