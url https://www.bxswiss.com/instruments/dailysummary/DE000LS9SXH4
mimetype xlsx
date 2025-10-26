--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0554ee52c3148ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce35d5de868c41ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1b3a09127b4a06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R913171bd554a4eed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra20a58e7f74d49b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1b3a09127b4a06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5b65ce544a5445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R913171bd554a4eed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstabil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>131,429</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,547</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>129,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,437</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,341</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>