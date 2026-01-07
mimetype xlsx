--- v1 (2025-10-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce35d5de868c41ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R881323233a08470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R913171bd554a4eed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1a426b0baf14267"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5b65ce544a5445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R913171bd554a4eed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f09931b2a3548d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1a426b0baf14267" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstabil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>145,605</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>