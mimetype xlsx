--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R881323233a08470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdce2c76173b4512" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1a426b0baf14267"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R003d69a876de44ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f09931b2a3548d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1a426b0baf14267" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11b1396cb50c4f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R003d69a876de44ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstabil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>134,375</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>