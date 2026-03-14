--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdce2c76173b4512" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fbb18fcc4214e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R003d69a876de44ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb872ee0e52454778"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11b1396cb50c4f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R003d69a876de44ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e7ee8b68f24953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb872ee0e52454778" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstabil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,950</x:t>
-[...387 lines deleted...]
-          <x:t>120,736</x:t>
+          <x:t>114,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>