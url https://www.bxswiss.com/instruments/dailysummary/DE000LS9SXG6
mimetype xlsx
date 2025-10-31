--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5154b0d2592c4bea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ea681aee374f70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcf90ef3921b4683"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf3e94634ccb47f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65b0e01fb1dd4eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcf90ef3921b4683" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R377e7b3558634691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf3e94634ccb47f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ViDuLu-Branchenleader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>