--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ea681aee374f70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc8c3cfec6194cb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf3e94634ccb47f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4df6880ac7b34544"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R377e7b3558634691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf3e94634ccb47f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78450699eae34344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4df6880ac7b34544" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ViDuLu-Branchenleader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>