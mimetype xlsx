--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc8c3cfec6194cb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a46dbdeb1e7484c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4df6880ac7b34544"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf94042dea2954479"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78450699eae34344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4df6880ac7b34544" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d92d49544146ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf94042dea2954479" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ViDuLu-Branchenleader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>