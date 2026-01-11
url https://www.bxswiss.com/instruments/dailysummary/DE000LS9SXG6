--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a46dbdeb1e7484c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf415b093cb8344e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf94042dea2954479"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2716d2b20efb4559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d92d49544146ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf94042dea2954479" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c7a80fb8e6b4184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2716d2b20efb4559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ViDuLu-Branchenleader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>