--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf415b093cb8344e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2255761e422749ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2716d2b20efb4559"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32121a97993c4b05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c7a80fb8e6b4184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2716d2b20efb4559" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5719dfe0d9e84aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32121a97993c4b05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ViDuLu-Branchenleader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,855</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>