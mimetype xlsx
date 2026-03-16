--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2255761e422749ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e1a9db351724418" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32121a97993c4b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8f77b48f0f4a76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5719dfe0d9e84aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32121a97993c4b05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e526bb268344f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8f77b48f0f4a76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ViDuLu-Branchenleader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,997</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>