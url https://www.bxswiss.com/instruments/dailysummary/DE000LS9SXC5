--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84f9e1c95fd946b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b3f687ea184b6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0392141dae9140f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f04894593774822"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b92e83002bd445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0392141dae9140f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb49330ed07a40a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f04894593774822" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Winners Low Carbon Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,813</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>