--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b3f687ea184b6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5758cdf760bc4a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f04894593774822"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R498a2d896b844ee9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb49330ed07a40a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f04894593774822" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18433000dedc445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R498a2d896b844ee9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Winners Low Carbon Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>99,515</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>