--- v0 (2025-10-24)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f0d9b014c746a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R730f2aede7ad4019" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45a993fae02c486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76998b9d409248e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a86892d683d4f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45a993fae02c486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R502162e0ccbe4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76998b9d409248e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quant aka Systematic Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>