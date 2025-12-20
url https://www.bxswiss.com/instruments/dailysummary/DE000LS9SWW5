--- v1 (2025-11-13)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R730f2aede7ad4019" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9bb187b1c3f4680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76998b9d409248e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9368e5f0f734e8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R502162e0ccbe4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76998b9d409248e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e4a5a28af6472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9368e5f0f734e8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quant aka Systematic Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>164,664</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>