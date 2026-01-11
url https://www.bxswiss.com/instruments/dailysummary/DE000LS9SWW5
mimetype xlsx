--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9bb187b1c3f4680" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd654a92c37ea49f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9368e5f0f734e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R620900c31c924312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e4a5a28af6472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9368e5f0f734e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R271577d7b16e4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R620900c31c924312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quant aka Systematic Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>162,431</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>166,369</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,367</x:t>
-[...296 lines deleted...]
-          <x:t>163,595</x:t>
+          <x:t>165,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>