--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd654a92c37ea49f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d62db75a20f4781" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R620900c31c924312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b29e5988c27419e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R271577d7b16e4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R620900c31c924312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c5a0b16c0224b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b29e5988c27419e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quant aka Systematic Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>