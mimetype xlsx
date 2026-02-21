--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d62db75a20f4781" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644bf7cd99294bb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b29e5988c27419e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d719e21ff04650"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c5a0b16c0224b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b29e5988c27419e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3d64e2211e94a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d719e21ff04650" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quant aka Systematic Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>168,160</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,619</x:t>
-[...102 lines deleted...]
-          <x:t>169,377</x:t>
+          <x:t>169,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,873</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>169,342</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>