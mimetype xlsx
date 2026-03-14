--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644bf7cd99294bb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93961cef5103447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d719e21ff04650"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c4bd2a4b8fd49c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3d64e2211e94a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d719e21ff04650" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree3254ce8c1c4ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c4bd2a4b8fd49c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quant aka Systematic Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>