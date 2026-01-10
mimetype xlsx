--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c48e0ebd00472a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb9ca7052014b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e5793b675f4d7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39489da8ee1e4664"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9221993bc11a4528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e5793b675f4d7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c66113a4fb94e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39489da8ee1e4664" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Macht der Plattformen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>93,532</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>