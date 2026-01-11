--- v1 (2026-01-10)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb9ca7052014b45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b3a571902840b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39489da8ee1e4664"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8094e7a80e44852"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c66113a4fb94e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39489da8ee1e4664" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebab3a3de5e347a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8094e7a80e44852" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Macht der Plattformen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>