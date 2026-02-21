--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b3a571902840b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275b3e92c4364244" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8094e7a80e44852"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3053b72eccc47fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebab3a3de5e347a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8094e7a80e44852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c6ce9aa21944ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3053b72eccc47fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Macht der Plattformen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>93,494</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>