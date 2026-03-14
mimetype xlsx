--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275b3e92c4364244" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra56eb0499a964a6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3053b72eccc47fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120d02bd3a164d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c6ce9aa21944ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3053b72eccc47fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1863c06049441f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120d02bd3a164d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Macht der Plattformen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>