--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06c8c72af5484441" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4216ae7739148ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a640202c70c4e91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb11b27e6c534f35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc86e12e31ccf4441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a640202c70c4e91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a81b75f5ca4ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb11b27e6c534f35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro am Sonntag Moat Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,633</x:t>
-[...242 lines deleted...]
-          <x:t>101,637</x:t>
+          <x:t>102,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,184</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>102,639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>