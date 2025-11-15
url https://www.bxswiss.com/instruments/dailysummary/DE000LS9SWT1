--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4216ae7739148ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438222488ff84dd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb11b27e6c534f35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bb13161a9034a6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a81b75f5ca4ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb11b27e6c534f35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1b01dd9dc734096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bb13161a9034a6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro am Sonntag Moat Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>