--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438222488ff84dd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38e3ea56d9824b42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bb13161a9034a6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3ab2a2094194558"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1b01dd9dc734096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bb13161a9034a6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re80cc6491be54aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3ab2a2094194558" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro am Sonntag Moat Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>102,333</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,472</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>101,396</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>