--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38e3ea56d9824b42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2970cbe9036745fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3ab2a2094194558"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3133663fea4a4589"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re80cc6491be54aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3ab2a2094194558" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ff934dd12f45dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3133663fea4a4589" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro am Sonntag Moat Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>104,310</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>