--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2970cbe9036745fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f7578d2462341d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3133663fea4a4589"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccee4e043f9c4059"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ff934dd12f45dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3133663fea4a4589" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccb2dd79906e49ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccee4e043f9c4059" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro am Sonntag Moat Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>