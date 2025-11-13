--- v0 (2025-10-03)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R736f49302e1f4024" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c363001a1714f58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d040f839629497f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32300219319043f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb48201e3599449fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d040f839629497f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf4a9a7232fc46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32300219319043f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die TV Streaming Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,946</x:t>
-[...306 lines deleted...]
-          <x:t>72,328</x:t>
+          <x:t>71,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>