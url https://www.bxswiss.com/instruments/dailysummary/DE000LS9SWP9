--- v1 (2025-11-13)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c363001a1714f58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec19b044f5047b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32300219319043f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra02cf1068f3c4eb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf4a9a7232fc46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32300219319043f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ebdcb48710473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra02cf1068f3c4eb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die TV Streaming Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>72,912</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>