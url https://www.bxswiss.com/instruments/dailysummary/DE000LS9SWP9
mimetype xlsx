--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec19b044f5047b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf79de495a7894d5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra02cf1068f3c4eb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R450b6ef3fc0248dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ebdcb48710473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra02cf1068f3c4eb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c49cfc794624ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R450b6ef3fc0248dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die TV Streaming Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>70,241</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>