--- v0 (2025-10-24)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05ce07e9f904cb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec1fe62f8dcf4a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R149c26a3c8534bec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd9c24f53e0d4f1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R577f90ff996246fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R149c26a3c8534bec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b4c062a68f74a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd9c24f53e0d4f1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation and Next Generation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>94,846</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,088</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>93,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>