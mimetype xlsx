--- v1 (2025-11-13)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec1fe62f8dcf4a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re949c8b7f1554186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd9c24f53e0d4f1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c36e4cad3984a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b4c062a68f74a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd9c24f53e0d4f1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a929cb10034362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c36e4cad3984a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation and Next Generation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>93,244</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>