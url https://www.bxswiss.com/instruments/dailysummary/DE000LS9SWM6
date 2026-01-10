--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re949c8b7f1554186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fab58db3a654b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c36e4cad3984a3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32aa509b012949b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a929cb10034362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c36e4cad3984a3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddced9a1885243a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32aa509b012949b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation and Next Generation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>94,126</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,626</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>93,270</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>