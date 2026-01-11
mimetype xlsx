--- v3 (2026-01-10)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fab58db3a654b01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0253c12baadf4769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32aa509b012949b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffda4f0a81c14778"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddced9a1885243a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32aa509b012949b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28525b583cc44319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffda4f0a81c14778" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation and Next Generation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>