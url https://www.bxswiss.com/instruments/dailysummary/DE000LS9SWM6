--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0253c12baadf4769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68dd957696794c1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffda4f0a81c14778"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89b20e9d38d04f38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28525b583cc44319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffda4f0a81c14778" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362c9023d5d54d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89b20e9d38d04f38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation and Next Generation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>95,402</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>