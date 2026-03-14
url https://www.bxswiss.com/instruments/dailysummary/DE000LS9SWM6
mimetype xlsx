--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68dd957696794c1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd12644ce98434c5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89b20e9d38d04f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16b51e0e9bc4a4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362c9023d5d54d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89b20e9d38d04f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b2819aa147643a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16b51e0e9bc4a4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation and Next Generation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>