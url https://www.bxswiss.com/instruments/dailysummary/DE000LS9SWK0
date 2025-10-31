--- v0 (2025-10-03)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce75b59122484268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291a40939cce4a94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6919ee14b114d4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf02d8481574028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc373c8644b5d4ed0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6919ee14b114d4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40833a75bb044601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf02d8481574028" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Responsibility Shares </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>103,424</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,474</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>17.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,277</x:t>
-[...306 lines deleted...]
-          <x:t>103,428</x:t>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>