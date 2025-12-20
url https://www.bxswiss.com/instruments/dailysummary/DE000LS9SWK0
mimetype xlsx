--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291a40939cce4a94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa905d82042b4dab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf02d8481574028"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfad7b4ff8743409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40833a75bb044601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf02d8481574028" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reccb8454f24f4b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfad7b4ff8743409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Responsibility Shares </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,646</x:t>
-[...274 lines deleted...]
-          <x:t>102,909</x:t>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>102,521</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>