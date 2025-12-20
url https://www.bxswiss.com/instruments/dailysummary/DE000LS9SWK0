--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa905d82042b4dab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e30dd3b34344629" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfad7b4ff8743409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3980a199d8e2443f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reccb8454f24f4b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfad7b4ff8743409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a23575f42aa4f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3980a199d8e2443f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Responsibility Shares </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>