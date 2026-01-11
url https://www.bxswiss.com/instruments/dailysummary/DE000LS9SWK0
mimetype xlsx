--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e30dd3b34344629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeaf642c78984f1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3980a199d8e2443f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab680a483d954a85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a23575f42aa4f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3980a199d8e2443f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1e4716d589b45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab680a483d954a85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Responsibility Shares </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>103,173</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,138</x:t>
-[...312 lines deleted...]
-        <x:is>
           <x:t>103,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>