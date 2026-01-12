--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeaf642c78984f1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21356df757c4bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab680a483d954a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30268bb5afc4496f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1e4716d589b45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab680a483d954a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ecadba3aa374a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30268bb5afc4496f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Responsibility Shares </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>