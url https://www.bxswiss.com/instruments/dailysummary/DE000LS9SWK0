--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21356df757c4bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67ff8e526a4a4f4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30268bb5afc4496f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5be1f7ee9a264e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ecadba3aa374a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30268bb5afc4496f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bdbfa75e29e46d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5be1f7ee9a264e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Responsibility Shares </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>102,899</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>