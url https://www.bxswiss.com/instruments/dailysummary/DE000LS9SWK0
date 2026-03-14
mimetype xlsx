--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67ff8e526a4a4f4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4059f22d53a4c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5be1f7ee9a264e56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab77b9b86f014a93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bdbfa75e29e46d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5be1f7ee9a264e56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra88190e8d4a24544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab77b9b86f014a93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Responsibility Shares </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>