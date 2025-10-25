--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9a18c3e06c4096" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a3a8625648471d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc093bb1e4a5d41d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra422c0c10d0c4112"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd9a3de61cbe4558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc093bb1e4a5d41d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b5061682ea5490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra422c0c10d0c4112" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Netzwerk Tech amazing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>