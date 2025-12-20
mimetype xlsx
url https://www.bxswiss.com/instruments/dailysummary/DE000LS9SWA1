--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a3a8625648471d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2bdbb3b0d044af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra422c0c10d0c4112"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ad5bca5d8f4d5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b5061682ea5490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra422c0c10d0c4112" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e18bf49c74a45ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ad5bca5d8f4d5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Netzwerk Tech amazing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>165,897</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>