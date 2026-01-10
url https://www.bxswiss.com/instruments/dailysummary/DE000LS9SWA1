--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2bdbb3b0d044af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec2fad5d1a7e4c3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ad5bca5d8f4d5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a9ba76f11c43ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e18bf49c74a45ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ad5bca5d8f4d5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24386e89c6c435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a9ba76f11c43ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Netzwerk Tech amazing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>