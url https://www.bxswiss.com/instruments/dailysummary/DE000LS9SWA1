--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec2fad5d1a7e4c3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ef2a7e58174fa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a9ba76f11c43ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc29f48ab25f14a7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24386e89c6c435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a9ba76f11c43ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ec8d1fa6d640e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc29f48ab25f14a7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Netzwerk Tech amazing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>157,512</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>