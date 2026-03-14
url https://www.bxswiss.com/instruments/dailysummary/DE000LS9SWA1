--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ef2a7e58174fa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb99760ff48204fb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc29f48ab25f14a7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra01ad71ec1ea441d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ec8d1fa6d640e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc29f48ab25f14a7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca929e1734be492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra01ad71ec1ea441d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Plattform Netzwerk Tech amazing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SWA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>139,898</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...149 lines deleted...]
-          <x:t>141,527</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>141,217</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>