--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ebf4c5b109449c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f2632e45f14beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb7b31bd8aa441a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7684b28209014174"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc979e40c724649f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb7b31bd8aa441a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e4bcbd5ef54a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7684b28209014174" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ESG Nachhaltigkeit und Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>