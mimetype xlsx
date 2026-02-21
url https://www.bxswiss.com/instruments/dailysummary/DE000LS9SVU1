--- v1 (2025-11-01)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f2632e45f14beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c0718afed184873" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7684b28209014174"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8845f47957ee4e79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e4bcbd5ef54a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7684b28209014174" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd62650b24eb046f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8845f47957ee4e79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ESG Nachhaltigkeit und Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>77,451</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>