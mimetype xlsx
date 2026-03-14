--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c0718afed184873" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28bcd8f31ba43bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8845f47957ee4e79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4f7442b569c4b83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd62650b24eb046f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8845f47957ee4e79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R055d313bf36a4616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4f7442b569c4b83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ESG Nachhaltigkeit und Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,215</x:t>
-[...386 lines deleted...]
-        <x:is>
           <x:t>84,927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,732</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>