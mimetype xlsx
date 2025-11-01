--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1231c484c41d40d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfebd20c844a64a6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13b6db74459e40dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb05471a6194b97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196e73e8853b443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13b6db74459e40dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7275f78b6014c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb05471a6194b97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSI Top 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>