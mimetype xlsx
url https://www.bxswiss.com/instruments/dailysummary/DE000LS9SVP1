--- v1 (2025-11-01)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfebd20c844a64a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd96ca281bcd4762" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb05471a6194b97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb60e3981a110430c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7275f78b6014c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb05471a6194b97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35e67b2f695b438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb60e3981a110430c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSI Top 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>156,165</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,781</x:t>
-[...43 lines deleted...]
-          <x:t>158,436</x:t>
+          <x:t>156,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,094</x:t>
-[...124 lines deleted...]
-          <x:t>158,500</x:t>
+          <x:t>157,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,873</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>27.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,770</x:t>
-[...117 lines deleted...]
-          <x:t>157,129</x:t>
+          <x:t>159,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>