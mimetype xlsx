--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd96ca281bcd4762" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ec68cccb684d89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb60e3981a110430c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2fa27f59f0c4343"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35e67b2f695b438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb60e3981a110430c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35dbe2655d0c486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2fa27f59f0c4343" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSI Top 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,380</x:t>
-[...70 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>157,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,180</x:t>
-[...171 lines deleted...]
-          <x:t>160,588</x:t>
+          <x:t>157,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>