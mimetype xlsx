--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ec68cccb684d89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf09496885173476d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2fa27f59f0c4343"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65d201465d484db2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35dbe2655d0c486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2fa27f59f0c4343" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R827677a6b102446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65d201465d484db2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSI Top 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,269</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>157,498</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>