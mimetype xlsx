--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R190a2583ca724e07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a30115cc75147b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65baf56f2d0e48cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d8daa6f8d3c4510"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371ae6998cd84c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65baf56f2d0e48cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6cf9f83df1d4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d8daa6f8d3c4510" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Optimized-Trendfollowing-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>75,702</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,093</x:t>
-[...543 lines deleted...]
-        <x:is>
           <x:t>76,276</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,830</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>