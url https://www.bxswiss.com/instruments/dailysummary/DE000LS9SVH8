--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a30115cc75147b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b4d87bac5f4275" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d8daa6f8d3c4510"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e76fc9b8a74553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6cf9f83df1d4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d8daa6f8d3c4510" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c65ffc266b743a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e76fc9b8a74553" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Optimized-Trendfollowing-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>77,265</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,863</x:t>
-[...166 lines deleted...]
-          <x:t>77,256</x:t>
+          <x:t>78,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>