--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b4d87bac5f4275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097a2b5215cd4ce7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e76fc9b8a74553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re164eda129ad4825"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c65ffc266b743a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e76fc9b8a74553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e446c6f7e994abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re164eda129ad4825" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Optimized-Trendfollowing-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>75,418</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,889</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>75,228</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>