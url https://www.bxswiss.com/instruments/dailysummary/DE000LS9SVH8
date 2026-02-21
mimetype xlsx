--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097a2b5215cd4ce7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R010ef1ef30534508" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re164eda129ad4825"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R724a355dad7a4ed6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e446c6f7e994abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re164eda129ad4825" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b52fd63ec34678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R724a355dad7a4ed6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Optimized-Trendfollowing-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>78,719</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,087</x:t>
-[...112 lines deleted...]
-          <x:t>80,956</x:t>
+          <x:t>80,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>