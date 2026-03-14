--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R010ef1ef30534508" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b7093639a94d68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R724a355dad7a4ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64eea1593f59411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b52fd63ec34678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R724a355dad7a4ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ec486a8be7745d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64eea1593f59411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Optimized-Trendfollowing-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>