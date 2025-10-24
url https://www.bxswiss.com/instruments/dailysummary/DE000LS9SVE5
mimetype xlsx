--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45cef9b83a914b33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bad844d663d43eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd08d596140ba44ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bac72b9810e4ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c87f635f464ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd08d596140ba44ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d9d987697b4099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bac72b9810e4ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Picked Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>98,194</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,390</x:t>
-[...323 lines deleted...]
-          <x:t>100,236</x:t>
+          <x:t>97,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>