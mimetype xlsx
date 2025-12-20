--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bad844d663d43eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd681de302c3d4b16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bac72b9810e4ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5070bedc68e94204"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d9d987697b4099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bac72b9810e4ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d9d45d11c354f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5070bedc68e94204" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Picked Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,640</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>