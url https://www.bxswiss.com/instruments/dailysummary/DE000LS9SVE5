--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd681de302c3d4b16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63edf74f7475453b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5070bedc68e94204"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6010026385a745dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d9d45d11c354f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5070bedc68e94204" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114366b49c254614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6010026385a745dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Picked Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>