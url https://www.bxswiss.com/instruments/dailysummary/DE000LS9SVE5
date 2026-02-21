--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63edf74f7475453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e32530fe794d82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6010026385a745dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc27f2e889aed4cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114366b49c254614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6010026385a745dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94777dbc137f4b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc27f2e889aed4cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Picked Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,662</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>