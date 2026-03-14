--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e32530fe794d82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R711a3574e87a4656" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc27f2e889aed4cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95a2afd68cba48b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94777dbc137f4b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc27f2e889aed4cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cdfac67b7c54463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95a2afd68cba48b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Intelligent Picked Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>88,042</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,239</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...219 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>