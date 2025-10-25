--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e00845be5c34368" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa43ad632d4a42f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075523a98d8e4f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa0ae15bc6c43c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51ff379dd9e843d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075523a98d8e4f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73d775bfb5714da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa0ae15bc6c43c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Qualitaetsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>