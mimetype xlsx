--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa43ad632d4a42f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb030a71a5cac4012" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa0ae15bc6c43c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d7bd7ec0be34999"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73d775bfb5714da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa0ae15bc6c43c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8fbbc550214f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d7bd7ec0be34999" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Qualitaetsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,830</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>160,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,472</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>