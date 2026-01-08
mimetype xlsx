--- v2 (2025-11-14)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb030a71a5cac4012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b883bf6c1404aee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d7bd7ec0be34999"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R257e6ad4ed414ed0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8fbbc550214f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d7bd7ec0be34999" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f2d25a3126349af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R257e6ad4ed414ed0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Qualitaetsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>161,376</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>