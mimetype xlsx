--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b883bf6c1404aee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9053cf12f0194ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R257e6ad4ed414ed0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070db13ac78c4c82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f2d25a3126349af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R257e6ad4ed414ed0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d2cae1dc9c4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070db13ac78c4c82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Qualitaetsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>167,162</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,653</x:t>
-[...404 lines deleted...]
-          <x:t>168,440</x:t>
+          <x:t>163,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>