--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9053cf12f0194ee8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4547b531e93f439a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070db13ac78c4c82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb7e70ab757e489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d2cae1dc9c4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070db13ac78c4c82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dfb603bb6eb4e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb7e70ab757e489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Qualitaetsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SVB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>