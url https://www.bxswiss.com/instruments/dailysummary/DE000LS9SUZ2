--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097c688e81b44cc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae10d70d7ca4c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d26aa94156443aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30eddec531004d64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37630fb361a546bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d26aa94156443aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfba5719a2614c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30eddec531004d64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensiv Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>97,860</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,579</x:t>
-[...566 lines deleted...]
-          <x:t>98,843</x:t>
+          <x:t>97,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>