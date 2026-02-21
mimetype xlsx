--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae10d70d7ca4c4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R573fd9ca7d5b4bbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30eddec531004d64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e4366fd26464f83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfba5719a2614c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30eddec531004d64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra888e73ee15f4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e4366fd26464f83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensiv Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,182</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>