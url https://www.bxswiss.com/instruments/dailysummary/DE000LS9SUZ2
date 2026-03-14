--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R573fd9ca7d5b4bbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf07d17d14854935" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e4366fd26464f83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8cb40bd1b4a4300"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra888e73ee15f4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e4366fd26464f83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2f56ec618004d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8cb40bd1b4a4300" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensiv Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>