--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b33206719ba4ccb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b54c1f754544fa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44dd4e79dcc64b3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833a9223d0f64450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e6b8b97d234226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44dd4e79dcc64b3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758d061c8b3e4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833a9223d0f64450" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megabrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>