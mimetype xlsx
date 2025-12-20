--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b54c1f754544fa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89da6708e1744141" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833a9223d0f64450"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbcd629527ee4c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758d061c8b3e4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833a9223d0f64450" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd81c805a823f4cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbcd629527ee4c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megabrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>311,950</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>