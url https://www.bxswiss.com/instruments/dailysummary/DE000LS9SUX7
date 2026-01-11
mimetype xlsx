--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89da6708e1744141" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f640aac80dd4c04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbcd629527ee4c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b6407ebe2d4cfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd81c805a823f4cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbcd629527ee4c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241cb78f94d34aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b6407ebe2d4cfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megabrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>