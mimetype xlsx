--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f640aac80dd4c04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2cd698cbbc74a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b6407ebe2d4cfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6251736081974cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241cb78f94d34aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b6407ebe2d4cfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d0b93b6327471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6251736081974cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megabrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>274,142</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>