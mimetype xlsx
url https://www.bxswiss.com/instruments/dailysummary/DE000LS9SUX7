--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2cd698cbbc74a64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re138f7273bab4ab7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6251736081974cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46c44ecca6b344aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d0b93b6327471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6251736081974cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d1b56774b854229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46c44ecca6b344aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megabrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>