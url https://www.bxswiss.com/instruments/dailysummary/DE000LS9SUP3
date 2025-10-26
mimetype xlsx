--- v0 (2025-10-02)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09dc26f0ad244d18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22d6221af2b4bd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a61cc556b9c4f52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fce878001514780"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d7b1d13ca949db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a61cc556b9c4f52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7723dde71844672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fce878001514780" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carbon Neutrality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +305,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>