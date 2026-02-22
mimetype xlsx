--- v1 (2025-10-26)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22d6221af2b4bd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a3d434d076471f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fce878001514780"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b1f5233a04944f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7723dde71844672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fce878001514780" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e7f99d41acb4221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b1f5233a04944f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carbon Neutrality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>91,928</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>