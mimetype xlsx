--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a3d434d076471f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac7624988e6245aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b1f5233a04944f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R859b3a95189b4593"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e7f99d41acb4221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b1f5233a04944f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b62e5368894e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R859b3a95189b4593" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carbon Neutrality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...367 lines deleted...]
-          <x:t>92,791</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,078</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>89,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>