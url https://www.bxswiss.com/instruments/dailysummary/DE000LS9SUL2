--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9c811f2002a49da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec51b074ff4e49e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c44708db6ce4d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1851436f7bc402a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4764abe7ab92471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c44708db6ce4d79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1967ae4f334c4bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1851436f7bc402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland und die Welt 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>10,119</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,143</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>9,831</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,719</x:t>
-[...112 lines deleted...]
-          <x:t>10,816</x:t>
+          <x:t>9,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>