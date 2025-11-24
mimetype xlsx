--- v1 (2025-11-01)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec51b074ff4e49e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c994bcdbeb4ebb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1851436f7bc402a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5ab90e78c9425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1967ae4f334c4bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1851436f7bc402a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965d60d9e7e24dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5ab90e78c9425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland und die Welt 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>