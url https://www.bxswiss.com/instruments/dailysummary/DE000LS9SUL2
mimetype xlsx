--- v2 (2025-11-24)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c994bcdbeb4ebb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04d64718ee248aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5ab90e78c9425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf109633175da4024"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965d60d9e7e24dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5ab90e78c9425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30db44340d2f44e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf109633175da4024" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland und die Welt 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,484</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +224,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>