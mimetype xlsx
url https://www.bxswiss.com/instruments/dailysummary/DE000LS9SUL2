--- v3 (2025-12-21)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04d64718ee248aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e16cdac80b74822" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf109633175da4024"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc288c3e4497947fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30db44340d2f44e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf109633175da4024" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24bda70eed1e48f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc288c3e4497947fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland und die Welt 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2,968</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>