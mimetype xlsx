--- v0 (2025-10-05)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9281bad8c2f1458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dbafad8cc054e71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R615ff67993b54a29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce616e4b4ed4b37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R289881114a424e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R615ff67993b54a29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8206b771464bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce616e4b4ed4b37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff-Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>