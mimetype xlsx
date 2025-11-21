--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dbafad8cc054e71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3edb5d309c6448d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce616e4b4ed4b37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R595e409562714293"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8206b771464bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce616e4b4ed4b37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R439f2b84d8f54ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R595e409562714293" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff-Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,784</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>