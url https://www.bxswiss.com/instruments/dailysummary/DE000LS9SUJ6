--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3edb5d309c6448d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e2aa07bf21a49b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R595e409562714293"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff7f39d2e16740dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R439f2b84d8f54ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R595e409562714293" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e79bef19a854fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff7f39d2e16740dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff-Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>