--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e2aa07bf21a49b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a307691ef4648b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff7f39d2e16740dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R955b1b4180874c80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e79bef19a854fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff7f39d2e16740dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b26d4f29e1448e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R955b1b4180874c80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff-Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>119,089</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,233</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>117,264</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>