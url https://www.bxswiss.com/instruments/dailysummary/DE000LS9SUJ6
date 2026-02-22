--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a307691ef4648b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8536fd6bd0734f73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R955b1b4180874c80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ac6b7d7f8446b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b26d4f29e1448e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R955b1b4180874c80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40368cff51114af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ac6b7d7f8446b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff-Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>133,397</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>