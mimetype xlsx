--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8536fd6bd0734f73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R060e9fd3d8324abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ac6b7d7f8446b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R751ed4f9afc74934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40368cff51114af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ac6b7d7f8446b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R744ad395490d450a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R751ed4f9afc74934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoff-Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,516 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...13 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,512</x:t>
-[...440 lines deleted...]
-        <x:is>
           <x:t>141,415</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,973</x:t>
         </x:is>
       </x:c>
@@ -724,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>