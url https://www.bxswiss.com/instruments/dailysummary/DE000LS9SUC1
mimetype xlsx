--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda3091e1ddb4a6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ee751f9d464c46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bc72bb557f34650"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9f0fe3d72c4ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49872c2106fc408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bc72bb557f34650" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R369716927d924691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9f0fe3d72c4ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Software und Hardware</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>