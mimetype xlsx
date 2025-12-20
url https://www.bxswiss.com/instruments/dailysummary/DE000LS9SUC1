--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ee751f9d464c46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0982b515fe12463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9f0fe3d72c4ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b45c8197604ec2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R369716927d924691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9f0fe3d72c4ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61403a7442ed4b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b45c8197604ec2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Software und Hardware</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,427</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...551 lines deleted...]
-          <x:t>359,003</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>