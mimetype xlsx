--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0982b515fe12463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bc54c071a2d4730" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b45c8197604ec2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945de570339c431c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61403a7442ed4b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b45c8197604ec2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafa5cad32a3e44e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945de570339c431c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Software und Hardware</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>