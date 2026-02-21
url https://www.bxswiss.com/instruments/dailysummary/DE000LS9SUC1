--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bc54c071a2d4730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3544a513b0e74780" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945de570339c431c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a6541679a04d03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafa5cad32a3e44e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945de570339c431c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466db00f7a2346d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a6541679a04d03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Software und Hardware</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>368,156</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>