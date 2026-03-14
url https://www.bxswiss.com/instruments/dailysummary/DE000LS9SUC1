--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3544a513b0e74780" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f3bc78b7694e23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a6541679a04d03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra72dd12dc73941fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466db00f7a2346d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a6541679a04d03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca29e1328ee4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra72dd12dc73941fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Software und Hardware</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SUC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>