--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3684d62ab80e4317" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee59347507144d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80a22ead86dd4b8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4709cb506454a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3185180989424492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80a22ead86dd4b8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e2800845654d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4709cb506454a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fintech Insurtech Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>45,446</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>48,942</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>