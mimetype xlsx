--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee59347507144d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7461f4db17c04bb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4709cb506454a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2adc779099a34668"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e2800845654d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4709cb506454a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65fd5a7f03a34a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2adc779099a34668" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fintech Insurtech Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>39,313</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>