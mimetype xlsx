--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7461f4db17c04bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc5ad7cf45004010" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2adc779099a34668"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92a4a7ced1b1468b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65fd5a7f03a34a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2adc779099a34668" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc92c95ea3e794caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92a4a7ced1b1468b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fintech Insurtech Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>