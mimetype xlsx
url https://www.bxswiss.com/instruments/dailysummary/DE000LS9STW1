--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc5ad7cf45004010" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9474bfad8c48f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92a4a7ced1b1468b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb13ffa33804314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc92c95ea3e794caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92a4a7ced1b1468b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8feb94a27d57440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb13ffa33804314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fintech Insurtech Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>38,459</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>