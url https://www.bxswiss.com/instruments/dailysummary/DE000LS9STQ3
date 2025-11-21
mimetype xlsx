--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0987864110cf4e92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd6957dc4224129" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0420042a4eec4247"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re54c2be8d3a145f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8bbec79c1ba48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0420042a4eec4247" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61b3ec8e69f47ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re54c2be8d3a145f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Best of Germany Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>