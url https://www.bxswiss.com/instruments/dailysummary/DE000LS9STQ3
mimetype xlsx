--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd6957dc4224129" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76a78d11fd14b72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re54c2be8d3a145f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74a88970de24f3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61b3ec8e69f47ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re54c2be8d3a145f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re993f478e0134063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74a88970de24f3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Best of Germany Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...117 lines deleted...]
-          <x:t>119,596</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,555</x:t>
-[...512 lines deleted...]
-          <x:t>110,171</x:t>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>