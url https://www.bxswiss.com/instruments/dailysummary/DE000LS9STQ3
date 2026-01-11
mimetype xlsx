--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76a78d11fd14b72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68ff33e6c16b4400" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74a88970de24f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b084710210543ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re993f478e0134063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74a88970de24f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf60f880b9054b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b084710210543ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Best of Germany Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>