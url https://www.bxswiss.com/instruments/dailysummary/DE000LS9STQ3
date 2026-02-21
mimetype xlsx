--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68ff33e6c16b4400" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39af76694a7f45b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b084710210543ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5073242a4a1d44d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf60f880b9054b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b084710210543ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2299fcdcd1ad41a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5073242a4a1d44d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Best of Germany Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,346</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>