--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39af76694a7f45b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a30a9544eb640d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5073242a4a1d44d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e8bda221dd74b96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2299fcdcd1ad41a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5073242a4a1d44d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2f5a0dfcdec4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e8bda221dd74b96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Best of Germany Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>