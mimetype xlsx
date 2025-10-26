--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3318edb0f4f34955" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R011591571e1d4a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1ba21dedbe14652"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525122d8486d42fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee2ab09b1d34c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1ba21dedbe14652" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd6f036ddb84b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525122d8486d42fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>