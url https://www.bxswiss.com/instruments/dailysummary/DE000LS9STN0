--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R011591571e1d4a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R882a520362a146e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525122d8486d42fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5f485b27524f72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd6f036ddb84b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525122d8486d42fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd92c668ae4794e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5f485b27524f72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>114,925</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>