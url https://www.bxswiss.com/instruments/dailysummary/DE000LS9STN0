--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R882a520362a146e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3641111d3f9e4fc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5f485b27524f72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f48fac448394a21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd92c668ae4794e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5f485b27524f72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fc1825bb3874712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f48fac448394a21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>