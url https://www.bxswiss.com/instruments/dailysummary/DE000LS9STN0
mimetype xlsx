--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3641111d3f9e4fc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff3fea3a70b4697" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f48fac448394a21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962b7f5257a8435a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fc1825bb3874712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f48fac448394a21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd52ab5225c2b4c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962b7f5257a8435a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>111,136</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>