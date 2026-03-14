--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff3fea3a70b4697" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4478ac86fc884d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962b7f5257a8435a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b567ff6984460a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd52ab5225c2b4c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962b7f5257a8435a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd5d4d16a5e4ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b567ff6984460a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>