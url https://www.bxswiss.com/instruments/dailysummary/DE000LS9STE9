--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c1cd04076034d88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2acaf0d8e8d4352" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75852bc7141d46d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1728893af7eb4dc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8bc794d279439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75852bc7141d46d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abf321fa8b7422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1728893af7eb4dc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max-DIV-ohne-EU-US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>169,172</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,431</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>170,373</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>