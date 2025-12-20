--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2acaf0d8e8d4352" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8efa2ecf6c444187" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1728893af7eb4dc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5facb0bbdd43475b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abf321fa8b7422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1728893af7eb4dc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e9ee00b8ea149b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5facb0bbdd43475b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max-DIV-ohne-EU-US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>169,136</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,053</x:t>
-[...598 lines deleted...]
-          <x:t>171,457</x:t>
+          <x:t>170,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>