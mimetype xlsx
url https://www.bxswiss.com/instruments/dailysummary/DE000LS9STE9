--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8efa2ecf6c444187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5942d4ff775e447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5facb0bbdd43475b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5771474b0e74671"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e9ee00b8ea149b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5facb0bbdd43475b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba7a2225c4414b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5771474b0e74671" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max-DIV-ohne-EU-US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,254</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>