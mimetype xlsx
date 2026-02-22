--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5942d4ff775e447d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red720f5b262a43e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5771474b0e74671"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb35352fbdab4505"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba7a2225c4414b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5771474b0e74671" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb02a2326614466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb35352fbdab4505" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max-DIV-ohne-EU-US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>179,170</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>