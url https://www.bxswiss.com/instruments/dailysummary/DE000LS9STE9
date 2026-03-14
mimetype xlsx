--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red720f5b262a43e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75efcf54bdd447ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb35352fbdab4505"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re45c84fcbc414ec2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb02a2326614466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb35352fbdab4505" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e67b65db4541f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re45c84fcbc414ec2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max-DIV-ohne-EU-US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>183,120</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,420</x:t>
-[...38 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>184,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>186,971</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>186,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>