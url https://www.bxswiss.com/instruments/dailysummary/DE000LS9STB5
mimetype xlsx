--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d95f926fef4128" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0aa9d27125c4930" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R259d3fec14b54ea6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16e06dc183f74233"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5d98374e1e4bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R259d3fec14b54ea6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd381c2fac74bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16e06dc183f74233" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Turnaround-Spekulationen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,898</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>