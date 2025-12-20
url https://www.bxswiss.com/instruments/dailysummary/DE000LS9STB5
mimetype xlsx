--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0aa9d27125c4930" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e8679edafd4cd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16e06dc183f74233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b17e5e5c42246de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd381c2fac74bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16e06dc183f74233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf926560f174847db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b17e5e5c42246de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Turnaround-Spekulationen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,408</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>