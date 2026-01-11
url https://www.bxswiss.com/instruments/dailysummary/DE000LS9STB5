--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e8679edafd4cd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd165a65cba5f4328" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b17e5e5c42246de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ec0acba08524f56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf926560f174847db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b17e5e5c42246de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f6bca0fe884354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ec0acba08524f56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Turnaround-Spekulationen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>