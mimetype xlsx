--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd165a65cba5f4328" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8f98bbbb4194469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ec0acba08524f56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R306cb54c997741e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f6bca0fe884354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ec0acba08524f56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R887e6ff752844393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R306cb54c997741e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Turnaround-Spekulationen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,620</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>