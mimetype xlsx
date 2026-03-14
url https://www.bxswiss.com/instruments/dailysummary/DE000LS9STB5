--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8f98bbbb4194469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R845d4b73ef6c4c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R306cb54c997741e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re19db91bf9ad4184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R887e6ff752844393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R306cb54c997741e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd638994f4bbc46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re19db91bf9ad4184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kissigs Turnaround-Spekulationen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9STB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>