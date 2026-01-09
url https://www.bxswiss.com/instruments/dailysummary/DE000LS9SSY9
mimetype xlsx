--- v0 (2025-10-04)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd27c35b30874fc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b89366d1670400c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc9068790d604a23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f0f2780e63a4fa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R094a1a86fc0e472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc9068790d604a23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd63bfcaff7584305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f0f2780e63a4fa1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burggraben und Netzwerke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,892</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>