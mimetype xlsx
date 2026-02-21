--- v1 (2026-01-09)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b89366d1670400c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022b3e3548f84c8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f0f2780e63a4fa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R105fbdee38f2458f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd63bfcaff7584305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f0f2780e63a4fa1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd521b1f622454cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R105fbdee38f2458f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burggraben und Netzwerke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>93,163</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>