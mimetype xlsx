--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022b3e3548f84c8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ab41612184b4bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R105fbdee38f2458f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d99d254ba741a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd521b1f622454cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R105fbdee38f2458f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceba1381fc91455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d99d254ba741a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burggraben und Netzwerke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>