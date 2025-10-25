--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcefc29520db54f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de0913857d94378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33704d52e3094fc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb97fc127ac6942ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b0c49b9bc444c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33704d52e3094fc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79ee34ff7d8b4f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb97fc127ac6942ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haustiere und Tiermedizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>154,981</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,981</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>153,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>