--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de0913857d94378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb469b0ceb04a460f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb97fc127ac6942ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e479e53d65d4986"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79ee34ff7d8b4f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb97fc127ac6942ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7e6c461c0a7499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e479e53d65d4986" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haustiere und Tiermedizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>157,054</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>