--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb469b0ceb04a460f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53bbe24404594011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e479e53d65d4986"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e51cf8bde64fb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7e6c461c0a7499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e479e53d65d4986" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bfb3c1c4b7d4ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e51cf8bde64fb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haustiere und Tiermedizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>156,592</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>158,599</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>