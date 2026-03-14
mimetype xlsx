--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53bbe24404594011" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6fb40f299564300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e51cf8bde64fb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd8a0f4defe4fb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bfb3c1c4b7d4ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e51cf8bde64fb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffebb6600130415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd8a0f4defe4fb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haustiere und Tiermedizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>159,627</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,596</x:t>
-[...593 lines deleted...]
-          <x:t>156,118</x:t>
+          <x:t>157,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>