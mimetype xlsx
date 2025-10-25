--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376da9c67d834159" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b2b14565635479d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74a94aac1cb84954"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R660af8be43384d24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6390fff5b6f447b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74a94aac1cb84954" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22befc566865423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R660af8be43384d24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation from Asia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>