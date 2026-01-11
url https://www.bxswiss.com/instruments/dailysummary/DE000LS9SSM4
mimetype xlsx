--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b2b14565635479d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317e089fbeab4751" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R660af8be43384d24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R452662bf9bac45a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22befc566865423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R660af8be43384d24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd987f6e6294287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R452662bf9bac45a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation from Asia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>79,612</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>