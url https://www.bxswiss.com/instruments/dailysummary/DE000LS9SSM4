--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317e089fbeab4751" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R636570d5427c4d9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R452662bf9bac45a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd774b4fd10d452a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd987f6e6294287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R452662bf9bac45a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3e33b46d2264bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd774b4fd10d452a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation from Asia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>73,687</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>