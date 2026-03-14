--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R636570d5427c4d9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e9aaec84209482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd774b4fd10d452a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf274d4de2f8c4c7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3e33b46d2264bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd774b4fd10d452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c3f9352e1849a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf274d4de2f8c4c7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation from Asia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>