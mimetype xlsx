--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec753aa32f5d4e2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bca93d9ab88418a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12c28a849b3c4df3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R390f1d3d591f412f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dc638dbf6f54239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12c28a849b3c4df3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41e58ad497234875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R390f1d3d591f412f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>80,352</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,187</x:t>
-[...485 lines deleted...]
-          <x:t>82,579</x:t>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>