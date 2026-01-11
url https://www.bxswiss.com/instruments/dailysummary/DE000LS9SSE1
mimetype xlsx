--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bca93d9ab88418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db36068821942d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R390f1d3d591f412f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74936dbf85b041c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41e58ad497234875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R390f1d3d591f412f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4419f047f68244a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74936dbf85b041c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>80,243</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>