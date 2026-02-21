--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db36068821942d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R002b3f27eaeb473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74936dbf85b041c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b08dfbd5b894e78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4419f047f68244a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74936dbf85b041c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78183eac31974b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b08dfbd5b894e78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>85,804</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>