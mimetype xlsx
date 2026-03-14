--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R002b3f27eaeb473f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36247439d0f34337" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b08dfbd5b894e78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra81b20e320eb4d80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78183eac31974b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b08dfbd5b894e78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcce96ff159f54d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra81b20e320eb4d80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>86,216</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,847</x:t>
-[...533 lines deleted...]
-        <x:is>
           <x:t>84,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>