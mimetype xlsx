--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a1d93e15cc043e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbca99c262d249ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc7ca452987c4740"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd807c36bf29249a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91b99154d4c745a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc7ca452987c4740" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a14326c31cb4e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd807c36bf29249a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Growth Innovations EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>124,528</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>