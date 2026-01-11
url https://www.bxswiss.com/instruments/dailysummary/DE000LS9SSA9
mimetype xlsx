--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbca99c262d249ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9641a1fb374380" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd807c36bf29249a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb2a025bf152487f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a14326c31cb4e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd807c36bf29249a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5b02c223c8246f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb2a025bf152487f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Growth Innovations EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>88,134</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>