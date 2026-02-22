--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9641a1fb374380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b5341fcbe804253" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb2a025bf152487f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad258f833f4d4b24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5b02c223c8246f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb2a025bf152487f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c86be3218548ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad258f833f4d4b24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Growth Innovations EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,387</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>