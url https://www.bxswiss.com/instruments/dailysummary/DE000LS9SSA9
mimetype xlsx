--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b5341fcbe804253" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d9ba97cd8bb440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad258f833f4d4b24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91394a465b83406c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c86be3218548ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad258f833f4d4b24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R973c606259474ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91394a465b83406c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Growth Innovations EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>