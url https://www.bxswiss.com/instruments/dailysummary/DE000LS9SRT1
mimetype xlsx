--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4e66723e37b4ddd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb3acd927884448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced065dd12fc49db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a37dc536fda485e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8863f78b3da24a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced065dd12fc49db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2484d0d05154b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a37dc536fda485e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Quality Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>75,767</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...370 lines deleted...]
-          <x:t>80,923</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>