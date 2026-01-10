--- v1 (2025-11-01)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb3acd927884448" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6958ec7784974473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a37dc536fda485e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f0cc5c416f5492b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2484d0d05154b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a37dc536fda485e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7882e07e463c45ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f0cc5c416f5492b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Quality Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,249</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>79,044</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,682</x:t>
-[...48 lines deleted...]
-          <x:t>79,454</x:t>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.10.2025</x:t>
-[...208 lines deleted...]
-          <x:t>76,513</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>