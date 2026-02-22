--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6958ec7784974473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13586d3ade6a4c39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f0cc5c416f5492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f6b9ec4dab4324"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7882e07e463c45ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f0cc5c416f5492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f5f602c222344ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f6b9ec4dab4324" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Quality Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>76,882</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>83,352</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>