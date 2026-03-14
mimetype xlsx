--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13586d3ade6a4c39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363c0bde79fd4be3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f6b9ec4dab4324"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafa22b17159b483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f5f602c222344ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f6b9ec4dab4324" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf629b7fdf43444b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafa22b17159b483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Quality Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>