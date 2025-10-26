--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b774f999287439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra39be44b6c554477" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d578334f9284d85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6f8bcc8dfc74427"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16ed2e91a7f84a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d578334f9284d85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7aba48ae3444a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6f8bcc8dfc74427" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SwingTrade Fokus USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>