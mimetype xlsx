--- v1 (2025-10-26)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra39be44b6c554477" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra16d3740e78e46c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6f8bcc8dfc74427"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd39ceb1d0a47d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7aba48ae3444a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6f8bcc8dfc74427" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa03768227e4087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd39ceb1d0a47d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SwingTrade Fokus USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>42,413</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>