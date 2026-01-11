--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c1f86ca0e764abb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd360f754697d44d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3162f32ec244d19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a66e1e11f94d69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33b17c3a92fc49f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3162f32ec244d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61305b6214d4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a66e1e11f94d69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LIFL Cannabis and Psychodelics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>