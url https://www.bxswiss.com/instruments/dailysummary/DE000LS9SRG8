--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd360f754697d44d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9507856073944d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a66e1e11f94d69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re95d943c35134a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61305b6214d4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a66e1e11f94d69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c60b01260f4049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re95d943c35134a01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LIFL Cannabis and Psychodelics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,566 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>18,840</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>