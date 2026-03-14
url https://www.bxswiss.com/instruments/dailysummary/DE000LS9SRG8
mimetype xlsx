--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9507856073944d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81b7af0bfa3843b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re95d943c35134a01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8b3facd5744dff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c60b01260f4049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re95d943c35134a01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ace9343af94dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8b3facd5744dff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LIFL Cannabis and Psychodelics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,566 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...226 lines deleted...]
-          <x:t>16,232</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,010</x:t>
-[...33 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>15,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,917</x:t>
-[...252 lines deleted...]
-          <x:t>15,088</x:t>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>