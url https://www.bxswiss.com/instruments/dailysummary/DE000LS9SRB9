--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b2bbc2a0eba4a13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa3341cc51e4670" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc26ba01512ed4fc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b95173ea804301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e765f5a71f0409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc26ba01512ed4fc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70394049d396453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b95173ea804301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Pearl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>126,273</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>