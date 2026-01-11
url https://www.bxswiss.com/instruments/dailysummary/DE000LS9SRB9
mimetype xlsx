--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa3341cc51e4670" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada81dbf3091452c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b95173ea804301"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca90a4a94f0140aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70394049d396453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b95173ea804301" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5656df380a7d4a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca90a4a94f0140aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Pearl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>