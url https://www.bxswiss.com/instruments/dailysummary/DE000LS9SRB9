--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada81dbf3091452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551d6d67b19f4197" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca90a4a94f0140aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a492816c03e4f12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5656df380a7d4a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca90a4a94f0140aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dc87f413a0a4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a492816c03e4f12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Pearl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>118,036</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>