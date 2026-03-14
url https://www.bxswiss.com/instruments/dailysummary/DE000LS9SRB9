--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551d6d67b19f4197" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e319840756f4c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a492816c03e4f12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9709b9aaf81b4aec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dc87f413a0a4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a492816c03e4f12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R827d88a532024d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9709b9aaf81b4aec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Pearl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>