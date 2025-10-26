--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16edc110fdd745a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8edf36570c643f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4b9c61f62e744ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe6cc684ca1e4b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ddbe775ae3e4402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4b9c61f62e744ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R669abaec26dd4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe6cc684ca1e4b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,273</x:t>
-[...75 lines deleted...]
-          <x:t>100,265</x:t>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,138</x:t>
-[...193 lines deleted...]
-          <x:t>102,163</x:t>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>