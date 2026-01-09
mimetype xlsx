--- v1 (2025-10-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8edf36570c643f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a3472e867ce40f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe6cc684ca1e4b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b15f0928d974ff1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R669abaec26dd4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe6cc684ca1e4b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R355386f17ade4ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b15f0928d974ff1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>102,813</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,607</x:t>
-[...301 lines deleted...]
-          <x:t>101,253</x:t>
+          <x:t>103,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>