--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a3472e867ce40f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc73160c5b1aa4ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b15f0928d974ff1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07f1853c500649d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R355386f17ade4ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b15f0928d974ff1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597c9c031670497a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07f1853c500649d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>102,606</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,768</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>102,209</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,914</x:t>
-[...188 lines deleted...]
-          <x:t>103,715</x:t>
+          <x:t>101,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>