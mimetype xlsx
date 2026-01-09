--- v0 (2025-10-05)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aca30b378f44c38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1eacebc87404446" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58302e7d050846d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028f9842e34c43aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6975ad83a2af4cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58302e7d050846d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde3b5f902179474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028f9842e34c43aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec and more</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>18,128</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>