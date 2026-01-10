--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1eacebc87404446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae0a40dccfab4949" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028f9842e34c43aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd2bbc04cccb4f1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde3b5f902179474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028f9842e34c43aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01eb49b49e040f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd2bbc04cccb4f1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec and more</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>