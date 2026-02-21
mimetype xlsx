--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae0a40dccfab4949" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ee59ff23cc84502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd2bbc04cccb4f1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44cf3567c7f545c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01eb49b49e040f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd2bbc04cccb4f1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a879096fbf463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44cf3567c7f545c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec and more</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>21,474</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>