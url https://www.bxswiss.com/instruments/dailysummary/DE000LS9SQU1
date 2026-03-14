--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ee59ff23cc84502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad263747266e4ab5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44cf3567c7f545c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae147e4207f84b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a879096fbf463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44cf3567c7f545c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0d4ba00119348a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae147e4207f84b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotec and more</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>13,321</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,277</x:t>
-[...274 lines deleted...]
-          <x:t>14,487</x:t>
+          <x:t>13,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>