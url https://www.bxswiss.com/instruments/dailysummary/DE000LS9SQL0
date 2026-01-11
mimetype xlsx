--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7895e7e3dec9421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b059cb9cd94097" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40baecc4474a459a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba27ff9b16984c52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8946c592654211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40baecc4474a459a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R735a306ccaf34394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba27ff9b16984c52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Skandinavische Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,156</x:t>
-[...387 lines deleted...]
-          <x:t>75,453</x:t>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>