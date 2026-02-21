--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b059cb9cd94097" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd16773c3c5734795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba27ff9b16984c52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f0285f4a334221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R735a306ccaf34394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba27ff9b16984c52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd36e4e557dce4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f0285f4a334221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Skandinavische Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>76,083</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>78,125</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>