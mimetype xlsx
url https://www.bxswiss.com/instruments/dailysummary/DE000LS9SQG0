--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93bb7bc9f96a4d92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77363ad2092441e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R131100881a954b63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd1037b2c674e25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recfadaa1f67f45ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R131100881a954b63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ec11381c5e4753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd1037b2c674e25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Commerce Winner Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>79,193</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,211</x:t>
-[...166 lines deleted...]
-          <x:t>81,488</x:t>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>