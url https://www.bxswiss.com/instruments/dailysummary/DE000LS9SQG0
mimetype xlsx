--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77363ad2092441e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc96151a60064d47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd1037b2c674e25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aaf1675445b451a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ec11381c5e4753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd1037b2c674e25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R240327216e4345bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aaf1675445b451a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Commerce Winner Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>