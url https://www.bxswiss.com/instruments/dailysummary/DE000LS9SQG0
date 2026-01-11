--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc96151a60064d47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddfa4c06ef4c4b4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aaf1675445b451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4625c96ebb804058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R240327216e4345bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aaf1675445b451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e800565f3a647a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4625c96ebb804058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Commerce Winner Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>75,420</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,798</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>73,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,073</x:t>
-[...31 lines deleted...]
-          <x:t>74,706</x:t>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>