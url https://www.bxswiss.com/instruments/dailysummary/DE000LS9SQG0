--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddfa4c06ef4c4b4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ed846a7ba94564" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4625c96ebb804058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf487a8564de441c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e800565f3a647a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4625c96ebb804058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R432acc9372fb4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf487a8564de441c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Commerce Winner Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>76,673</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>