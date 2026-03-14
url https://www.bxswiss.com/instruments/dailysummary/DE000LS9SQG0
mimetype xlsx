--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ed846a7ba94564" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02086021b54e49ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf487a8564de441c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re46bd5ad5d1a43e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R432acc9372fb4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf487a8564de441c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6d21d2ab8c4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re46bd5ad5d1a43e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Commerce Winner Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>