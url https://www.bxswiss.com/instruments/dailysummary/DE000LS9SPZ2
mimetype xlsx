--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0131f88c955473b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e0d7d0c4d934f4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15faff42cf0e497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e8bd97d1abc43b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf1557c460b54b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15faff42cf0e497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ecb4306cc545b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e8bd97d1abc43b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraumunternehmen passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>