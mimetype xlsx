--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e0d7d0c4d934f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4175ecba5d741f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e8bd97d1abc43b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e105f74c2f4cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ecb4306cc545b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e8bd97d1abc43b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02ffde8edd4b4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e105f74c2f4cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraumunternehmen passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...431 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,253</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>131,986</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>