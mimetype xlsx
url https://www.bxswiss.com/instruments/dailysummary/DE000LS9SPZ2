--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4175ecba5d741f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R788ee81fea1749c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e105f74c2f4cc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88ab4066c3b6432a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02ffde8edd4b4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e105f74c2f4cc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb995e65ebe47d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88ab4066c3b6432a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraumunternehmen passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>