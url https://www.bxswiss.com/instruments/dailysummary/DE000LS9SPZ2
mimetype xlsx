--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R788ee81fea1749c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf9385c015574d9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88ab4066c3b6432a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74dfd09682e24344"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb995e65ebe47d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88ab4066c3b6432a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ba13e7e545f4096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74dfd09682e24344" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraumunternehmen passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>146,495</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>