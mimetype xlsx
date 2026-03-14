--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf9385c015574d9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92265e67183643a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74dfd09682e24344"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re695bc1892df4e23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ba13e7e545f4096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74dfd09682e24344" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe98250bed2b478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re695bc1892df4e23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraumunternehmen passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>