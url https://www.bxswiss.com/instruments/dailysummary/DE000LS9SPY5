--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ee95443a2e4fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb565a7ed8b034aa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18610bfb4020439f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8540a573414a4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94cac4020984b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18610bfb4020439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09cb7dbd8eb348c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8540a573414a4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTS and Cashflow Yield</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>166,739</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,313</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>