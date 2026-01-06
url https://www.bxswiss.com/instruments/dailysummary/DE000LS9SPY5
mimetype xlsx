--- v1 (2025-10-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb565a7ed8b034aa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e063b5580e34a3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8540a573414a4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9958890c8864f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09cb7dbd8eb348c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8540a573414a4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60592832ddd24f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9958890c8864f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTS and Cashflow Yield</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>169,333</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>