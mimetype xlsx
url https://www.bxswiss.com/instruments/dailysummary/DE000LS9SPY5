--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e063b5580e34a3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R680ca08dc3be40c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9958890c8864f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R909d85b7c78e4a1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60592832ddd24f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9958890c8864f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18f3078185b846ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R909d85b7c78e4a1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTS and Cashflow Yield</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>162,702</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,531</x:t>
-[...166 lines deleted...]
-          <x:t>171,333</x:t>
+          <x:t>165,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>