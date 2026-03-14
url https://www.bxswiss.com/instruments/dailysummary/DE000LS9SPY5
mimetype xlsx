--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R680ca08dc3be40c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbce5b6078f9d40d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R909d85b7c78e4a1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4352d88fab624337"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18f3078185b846ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R909d85b7c78e4a1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d79e3494b5a47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4352d88fab624337" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTS and Cashflow Yield</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,917</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>