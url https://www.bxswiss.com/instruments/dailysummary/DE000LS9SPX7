--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2784ea9c25d047c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc97fb2a4d0154538" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc87ed0e07f154343"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb097b6fce7784f95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reffa4a7eb85c4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc87ed0e07f154343" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd403dc3e69904ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb097b6fce7784f95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uran-Aktien konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>