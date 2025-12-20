--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc97fb2a4d0154538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R790c59f3a66c4153" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb097b6fce7784f95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R817a1607afeb4503"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd403dc3e69904ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb097b6fce7784f95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8860aa0ce23f4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R817a1607afeb4503" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uran-Aktien konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>162,074</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>