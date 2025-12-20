--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R790c59f3a66c4153" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9200720fdf84160" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R817a1607afeb4503"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29b5409ed4c34ded"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8860aa0ce23f4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R817a1607afeb4503" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R787e84769d4c4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29b5409ed4c34ded" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uran-Aktien konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>