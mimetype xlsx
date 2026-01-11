--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9200720fdf84160" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc0024c1bc34651" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29b5409ed4c34ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba0ec0eab504271"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R787e84769d4c4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29b5409ed4c34ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d24852439bf4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba0ec0eab504271" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uran-Aktien konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>