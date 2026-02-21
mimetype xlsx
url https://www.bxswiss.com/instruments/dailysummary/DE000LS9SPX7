--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc0024c1bc34651" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9afec844e83848b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba0ec0eab504271"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe77b774366f4e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d24852439bf4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba0ec0eab504271" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ade62e858db4dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe77b774366f4e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uran-Aktien konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>169,860</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>