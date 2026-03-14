--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9afec844e83848b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42064ffa384649c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe77b774366f4e72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb9574dc1f744a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ade62e858db4dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe77b774366f4e72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd21f4dc8bca4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb9574dc1f744a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uran-Aktien konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>