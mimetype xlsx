--- v0 (2025-11-21)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f4fcf31cfdb47ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86f7103252547b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52f9b3b2303d47da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1ac18f6698b4088"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b26e1c3c964b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52f9b3b2303d47da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3083ab8d5ef3446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1ac18f6698b4088" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gefilterte Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,027</x:t>
-[...225 lines deleted...]
-          <x:t>121,333</x:t>
+          <x:t>124,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>