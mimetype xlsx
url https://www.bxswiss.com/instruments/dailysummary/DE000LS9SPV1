--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86f7103252547b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb05e791a7c40411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1ac18f6698b4088"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e806f3e2a8b4348"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3083ab8d5ef3446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1ac18f6698b4088" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474c4a0f7d3d431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e806f3e2a8b4348" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gefilterte Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>