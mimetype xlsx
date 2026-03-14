--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb05e791a7c40411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fad2b8be78b4276" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e806f3e2a8b4348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R469fa86336c248ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474c4a0f7d3d431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e806f3e2a8b4348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b18e4f88c744ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R469fa86336c248ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gefilterte Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,572</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>