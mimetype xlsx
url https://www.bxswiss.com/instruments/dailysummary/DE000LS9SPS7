--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485d34d337e649c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f26a584a5054096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d2ec62827d14eb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re15f404ca9994751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2a9d4ee81c4257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d2ec62827d14eb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49adcc892584bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re15f404ca9994751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haliaeetus Leucocephalus disrupt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>59,374</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,778</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>60,732</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,037</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>59,198</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>