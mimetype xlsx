--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f26a584a5054096" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6188627ed241da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re15f404ca9994751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08de59c3ea0a4718"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49adcc892584bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re15f404ca9994751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32e6c8fa9cc43ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08de59c3ea0a4718" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haliaeetus Leucocephalus disrupt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>60,160</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,047</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>60,401</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,443</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>61,017</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>