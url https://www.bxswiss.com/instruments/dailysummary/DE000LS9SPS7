--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6188627ed241da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf569054b75de43e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08de59c3ea0a4718"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cd8b7b657d4481e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32e6c8fa9cc43ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08de59c3ea0a4718" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4053a06ad63a4cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cd8b7b657d4481e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haliaeetus Leucocephalus disrupt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>60,467</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,191</x:t>
-[...269 lines deleted...]
-          <x:t>62,406</x:t>
+          <x:t>60,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>