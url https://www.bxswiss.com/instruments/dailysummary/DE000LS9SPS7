--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf569054b75de43e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3607d0da27dc4313" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cd8b7b657d4481e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e93d857f5cf482b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4053a06ad63a4cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cd8b7b657d4481e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e1b9ada99794500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e93d857f5cf482b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haliaeetus Leucocephalus disrupt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>60,175</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>62,361</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>